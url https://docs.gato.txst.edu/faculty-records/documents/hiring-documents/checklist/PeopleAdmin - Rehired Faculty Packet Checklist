--- v0 (2025-10-30)
+++ v1 (2025-12-04)
@@ -1062,51 +1062,65 @@
       <w:r w:rsidRPr="004701D6">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Times New Roman" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>initiate PCR/I-9.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="019F15AA" w14:textId="77777777" w:rsidR="001B4B92" w:rsidRPr="00D11B71" w:rsidRDefault="001B4B92" w:rsidP="00020199">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2765"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15BBD36C" w14:textId="2C02C728" w:rsidR="00020199" w:rsidRDefault="00020199" w:rsidP="00020199">
+    <w:p w14:paraId="4124BDAA" w14:textId="77777777" w:rsidR="003A2C9B" w:rsidRDefault="003A2C9B" w:rsidP="00020199">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2765"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15BBD36C" w14:textId="1C3F3D70" w:rsidR="00020199" w:rsidRDefault="00020199" w:rsidP="00020199">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2765"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004701D6">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">According to the Texas State University Records Retention Schedule (RRS), our office purges nontenure line, per course, and teaching assistant faculty files after 10 years.  </w:t>
       </w:r>
       <w:r w:rsidRPr="004701D6">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
           <w:b/>
@@ -1118,51 +1132,66 @@
       </w:r>
       <w:r w:rsidRPr="004701D6">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7524B4DB" w14:textId="77777777" w:rsidR="00FC0864" w:rsidRPr="00D11B71" w:rsidRDefault="00FC0864" w:rsidP="00020199">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2765"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26F786AD" w14:textId="1362E066" w:rsidR="00FC0864" w:rsidRPr="004701D6" w:rsidRDefault="00D11B71" w:rsidP="00020199">
+    <w:p w14:paraId="3EF3B305" w14:textId="77777777" w:rsidR="003A2C9B" w:rsidRDefault="003A2C9B" w:rsidP="00020199">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2765"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26F786AD" w14:textId="738E8E3D" w:rsidR="00FC0864" w:rsidRPr="004701D6" w:rsidRDefault="00D11B71" w:rsidP="00020199">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2765"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D11B71">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecturers and clinical lecturers that have been separated for less than three years and phased retirement faculty rehires can be hired via a </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00D11B71">
           <w:rPr>
@@ -1177,51 +1206,63 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D11B71">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> and bypass a PeopleAdmin hiring proposal. A PCR will still be required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="036FC37A" w14:textId="77777777" w:rsidR="001B4B92" w:rsidRPr="00D11B71" w:rsidRDefault="001B4B92" w:rsidP="001B4B92">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Nunito Sans Bold" w:hAnsi="Nunito Sans Normal" w:cs="Nunito Sans Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39D6A626" w14:textId="29173884" w:rsidR="001B4B92" w:rsidRPr="004701D6" w:rsidRDefault="001B4B92" w:rsidP="001B4B92">
+    <w:p w14:paraId="5939DF7A" w14:textId="77777777" w:rsidR="003A2C9B" w:rsidRDefault="003A2C9B" w:rsidP="001B4B92">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Nunito Sans Bold" w:hAnsi="Nunito Sans Normal" w:cs="Nunito Sans Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39D6A626" w14:textId="2627A035" w:rsidR="001B4B92" w:rsidRPr="004701D6" w:rsidRDefault="001B4B92" w:rsidP="001B4B92">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Nunito Sans" w:hAnsi="Nunito Sans Normal" w:cs="Nunito Sans"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004701D6">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Nunito Sans Bold" w:hAnsi="Nunito Sans Normal" w:cs="Nunito Sans Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidRPr="004701D6">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Nunito Sans Bold" w:hAnsi="Nunito Sans Normal" w:cs="Nunito Sans Bold"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -1429,80 +1470,79 @@
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60B4B349" w14:textId="77777777" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="008B56BE" w:rsidP="00AC27D5">
+          <w:p w14:paraId="60B4B349" w14:textId="77777777" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00000000" w:rsidP="00AC27D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Additional Note"/>
                 <w:tag w:val="Additional Note"/>
                 <w:id w:val="-42215434"/>
                 <w:placeholder>
                   <w:docPart w:val="D432372BAE9D4FC7B8C83415EEAF7806"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="501214"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Done" w:value="Done"/>
                   <w:listItem w:displayText="Pending" w:value="Pending"/>
                   <w:listItem w:displayText="N/A" w:value="N/A"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00020199" w:rsidRPr="004701D6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Notes</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8082" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0F4ECFB7" w14:textId="77777777" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00020199" w:rsidP="00AC27D5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
@@ -1744,82 +1784,81 @@
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35A3B6D5" w14:textId="77777777" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="008B56BE" w:rsidP="00AC27D5">
+          <w:p w14:paraId="35A3B6D5" w14:textId="77777777" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00000000" w:rsidP="00AC27D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Additional Note"/>
                 <w:tag w:val="Additional Note"/>
                 <w:id w:val="1568065618"/>
                 <w:placeholder>
                   <w:docPart w:val="5BA5A0E50C704DD3BD6B8525BA28B819"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="501214"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="TXST" w:value="TXST"/>
                   <w:listItem w:displayText="Requested" w:value="Requested"/>
                   <w:listItem w:displayText="Pending" w:value="Pending"/>
                   <w:listItem w:displayText="N/A" w:value="N/A"/>
                   <w:listItem w:displayText="On File" w:value="On File"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00020199" w:rsidRPr="004701D6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Notes</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8082" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64A9E1A4" w14:textId="77777777" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00020199" w:rsidP="00AC27D5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10252"/>
@@ -2159,80 +2198,79 @@
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25226248" w14:textId="16B6FD1B" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="008B56BE" w:rsidP="00020199">
+          <w:p w14:paraId="25226248" w14:textId="16B6FD1B" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00000000" w:rsidP="00020199">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Times New Roman" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Additional Note"/>
                 <w:tag w:val="Additional Note"/>
                 <w:id w:val="-2097318611"/>
                 <w:placeholder>
                   <w:docPart w:val="A0B368C131E246D8A9793E8A3C357C80"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="501214"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Done" w:value="Done"/>
                   <w:listItem w:displayText="Pending" w:value="Pending"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00020199" w:rsidRPr="004701D6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Notes</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8082" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="332125F2" w14:textId="77777777" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00020199" w:rsidP="00020199">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
@@ -2497,81 +2535,80 @@
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F2DBE76" w14:textId="60A95C12" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="008B56BE" w:rsidP="00020199">
+          <w:p w14:paraId="2F2DBE76" w14:textId="60A95C12" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00000000" w:rsidP="00020199">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Times New Roman" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Additional Note"/>
                 <w:tag w:val="Additional Note"/>
                 <w:id w:val="1850223786"/>
                 <w:placeholder>
                   <w:docPart w:val="06DD8D357FD64043A5487D7F38FFCD02"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="501214"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Done" w:value="Done"/>
                   <w:listItem w:displayText="Pending" w:value="Pending"/>
                   <w:listItem w:displayText="N/A" w:value="N/A"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00020199" w:rsidRPr="004701D6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Notes</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8082" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08F07037" w14:textId="77777777" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00020199" w:rsidP="00020199">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
@@ -2806,82 +2843,81 @@
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="558D3C49" w14:textId="2F042B90" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="008B56BE" w:rsidP="00020199">
+          <w:p w14:paraId="558D3C49" w14:textId="2F042B90" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00000000" w:rsidP="00020199">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Times New Roman" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Additional Note"/>
                 <w:tag w:val="Additional Note"/>
                 <w:id w:val="136695640"/>
                 <w:placeholder>
                   <w:docPart w:val="D9B79F887A3E49C087AC64F34A187AAA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="501214"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Done" w:value="Done"/>
                   <w:listItem w:displayText="Pending" w:value="Pending"/>
                   <w:listItem w:displayText="N/A" w:value="N/A"/>
                   <w:listItem w:displayText="On File" w:value="On File"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00020199" w:rsidRPr="004701D6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Notes</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8082" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="264E9FA7" w14:textId="77777777" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00020199" w:rsidP="00020199">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Times New Roman" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
@@ -3084,82 +3120,81 @@
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54646590" w14:textId="591B60D1" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="008B56BE" w:rsidP="00020199">
+          <w:p w14:paraId="54646590" w14:textId="591B60D1" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00000000" w:rsidP="00020199">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Times New Roman" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Additional Note"/>
                 <w:tag w:val="Additional Note"/>
                 <w:id w:val="-1256119040"/>
                 <w:placeholder>
                   <w:docPart w:val="9D3D8560E5694D5EA2F5D270496F2BD6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="501214"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Done" w:value="Done"/>
                   <w:listItem w:displayText="Pending" w:value="Pending"/>
                   <w:listItem w:displayText="N/A" w:value="N/A"/>
                   <w:listItem w:displayText="On File" w:value="On File"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00020199" w:rsidRPr="004701D6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Notes</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8082" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2A992094" w14:textId="77777777" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00020199" w:rsidP="00020199">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Times New Roman" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
@@ -3276,81 +3311,80 @@
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B504338" w14:textId="046591CF" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="008B56BE" w:rsidP="00020199">
+          <w:p w14:paraId="0B504338" w14:textId="046591CF" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00000000" w:rsidP="00020199">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Times New Roman" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Additional Note"/>
                 <w:tag w:val="Additional Note"/>
                 <w:id w:val="1428850279"/>
                 <w:placeholder>
                   <w:docPart w:val="AFEFE343DE3447F8B9D65B2EB2B84520"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="501214"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Done" w:value="Done"/>
                   <w:listItem w:displayText="Pending" w:value="Pending"/>
                   <w:listItem w:displayText="N/A" w:value="N/A"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00020199" w:rsidRPr="004701D6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Notes</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8082" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="33176755" w14:textId="12C2FC5B" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00020199" w:rsidP="00020199">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
@@ -3570,81 +3604,80 @@
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="719EDFE6" w14:textId="02AE4F7D" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="008B56BE" w:rsidP="00020199">
+          <w:p w14:paraId="719EDFE6" w14:textId="02AE4F7D" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00000000" w:rsidP="00020199">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Times New Roman" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Additional Note"/>
                 <w:tag w:val="Additional Note"/>
                 <w:id w:val="-436290616"/>
                 <w:placeholder>
                   <w:docPart w:val="1339C3D9DEAA44A8962B295A59823A00"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="501214"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Done" w:value="Done"/>
                   <w:listItem w:displayText="Pending" w:value="Pending"/>
                   <w:listItem w:displayText="N/A" w:value="N/A"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00020199" w:rsidRPr="004701D6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Notes</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8082" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4BD9EC7F" w14:textId="77777777" w:rsidR="00BA18FE" w:rsidRPr="004701D6" w:rsidRDefault="00BA18FE" w:rsidP="00BA18FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10252"/>
@@ -3832,84 +3865,83 @@
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3535D3BB" w14:textId="59AC9E82" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="008B56BE" w:rsidP="00020199">
+          <w:p w14:paraId="3535D3BB" w14:textId="59AC9E82" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00000000" w:rsidP="00020199">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10252"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Times New Roman" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Additional Note"/>
                 <w:tag w:val="Additional Note"/>
                 <w:id w:val="23049"/>
                 <w:placeholder>
                   <w:docPart w:val="A096F8668AA9413BB74F635E98F58875"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="501214"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Done" w:value="Done"/>
                   <w:listItem w:displayText="Pending" w:value="Pending"/>
                   <w:listItem w:displayText="N/A" w:value="N/A"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00020199" w:rsidRPr="004701D6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Notes</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8082" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D0871DD" w14:textId="77777777" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00020199" w:rsidP="00020199">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
@@ -4080,81 +4112,80 @@
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004701D6">
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1342923C" w14:textId="4FE63988" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="008B56BE" w:rsidP="00020199">
+          <w:p w14:paraId="1342923C" w14:textId="4FE63988" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00000000" w:rsidP="00020199">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Times New Roman" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Additional Note"/>
                 <w:tag w:val="Additional Note"/>
                 <w:id w:val="-295602876"/>
                 <w:placeholder>
                   <w:docPart w:val="72126EF027514BE79AFC18ED3D7FD7AC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="501214"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Done" w:value="Done"/>
                   <w:listItem w:displayText="Pending" w:value="Pending"/>
                   <w:listItem w:displayText="N/A" w:value="N/A"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00020199" w:rsidRPr="004701D6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Nunito Sans Normal" w:hAnsi="Nunito Sans Normal"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Notes</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8082" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7BF0D160" w14:textId="77777777" w:rsidR="00020199" w:rsidRPr="004701D6" w:rsidRDefault="00020199" w:rsidP="00020199">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
@@ -4552,216 +4583,216 @@
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans Normal" w:eastAsia="Times New Roman" w:hAnsi="Nunito Sans Normal" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">International Affairs should be contacted on immigration-related matters as soon as the selection process concludes.  </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AC27D5" w:rsidRPr="004701D6" w:rsidSect="00AC27D5">
       <w:headerReference w:type="default" r:id="rId34"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F5661E0" w14:textId="77777777" w:rsidR="00192C1C" w:rsidRDefault="00192C1C" w:rsidP="00020199">
+    <w:p w14:paraId="7C7FC71E" w14:textId="77777777" w:rsidR="003B7858" w:rsidRDefault="003B7858" w:rsidP="00020199">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06169D84" w14:textId="77777777" w:rsidR="00192C1C" w:rsidRDefault="00192C1C" w:rsidP="00020199">
+    <w:p w14:paraId="19FF8820" w14:textId="77777777" w:rsidR="003B7858" w:rsidRDefault="003B7858" w:rsidP="00020199">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Devanagari">
     <w:altName w:val="Kokila"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nunito Sans Normal">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Nunito Sans"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nunito Sans Bold">
     <w:altName w:val="Nunito Sans"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nunito Sans">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Halis GR Bold">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Nunito Sans Italics">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D92AE8B" w14:textId="77777777" w:rsidR="00192C1C" w:rsidRDefault="00192C1C" w:rsidP="00020199">
+    <w:p w14:paraId="15D0C671" w14:textId="77777777" w:rsidR="003B7858" w:rsidRDefault="003B7858" w:rsidP="00020199">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C0C7A82" w14:textId="77777777" w:rsidR="00192C1C" w:rsidRDefault="00192C1C" w:rsidP="00020199">
+    <w:p w14:paraId="5BA23354" w14:textId="77777777" w:rsidR="003B7858" w:rsidRDefault="003B7858" w:rsidP="00020199">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
-      <w:tblW w:w="7149" w:type="dxa"/>
+      <w:tblW w:w="10080" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3456"/>
-      <w:gridCol w:w="3693"/>
+      <w:gridCol w:w="6624"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00020199" w:rsidRPr="00B66FA2" w14:paraId="58415E61" w14:textId="77777777" w:rsidTr="00276E2C">
+    <w:tr w:rsidR="00020199" w:rsidRPr="00B66FA2" w14:paraId="58415E61" w14:textId="77777777" w:rsidTr="003A2C9B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3456" w:type="dxa"/>
           <w:tcBorders>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="2A9CF8F4" w14:textId="77777777" w:rsidR="00020199" w:rsidRDefault="00020199" w:rsidP="00020199">
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r w:rsidRPr="00753FA4">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:noProof/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5ECE972A" wp14:editId="1002D76F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5ECE972A" wp14:editId="18E4333C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-68580</wp:posOffset>
+                  <wp:posOffset>-11430</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>228600</wp:posOffset>
+                  <wp:posOffset>76200</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2057400" cy="261755"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
                 <wp:wrapNone/>
                 <wp:docPr id="23" name="Picture 23" descr="Faculty and Academic Resources logo"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="23" name="Picture 23" descr="Faculty and Academic Resources logo"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
@@ -4776,106 +4807,97 @@
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3693" w:type="dxa"/>
+          <w:tcW w:w="6624" w:type="dxa"/>
           <w:tcBorders>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="630781E1" w14:textId="77777777" w:rsidR="00020199" w:rsidRPr="00276E2C" w:rsidRDefault="00020199" w:rsidP="00020199">
+        <w:p w14:paraId="320E7B64" w14:textId="7400FFDF" w:rsidR="00020199" w:rsidRPr="00276E2C" w:rsidRDefault="00020199" w:rsidP="003A2C9B">
           <w:pPr>
             <w:widowControl/>
             <w:tabs>
               <w:tab w:val="left" w:pos="360"/>
             </w:tabs>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:ind w:left="360" w:hanging="360"/>
             <w:rPr>
               <w:rFonts w:ascii="Nunito Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Nunito Sans" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="501213"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00276E2C">
             <w:rPr>
               <w:rFonts w:ascii="Nunito Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Nunito Sans" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="501213"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Rehired Faculty Checklist</w:t>
           </w:r>
-        </w:p>
-[...9 lines deleted...]
-            <w:ind w:left="360" w:hanging="360"/>
+          <w:r w:rsidR="003A2C9B">
             <w:rPr>
               <w:rFonts w:ascii="Nunito Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Nunito Sans" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="501213"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-          </w:pPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
           <w:r w:rsidRPr="00276E2C">
             <w:rPr>
               <w:rFonts w:ascii="Nunito Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Nunito Sans" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="501213"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>via PeopleAdmin</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="70A07F52" w14:textId="4800B4AA" w:rsidR="00020199" w:rsidRPr="00B66FA2" w:rsidRDefault="000E102A" w:rsidP="00020199">
           <w:pPr>
             <w:spacing w:line="300" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Garamond" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Garamond" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="501213"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r>
@@ -4928,54 +4950,57 @@
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00020199"/>
     <w:rsid w:val="00020199"/>
     <w:rsid w:val="00051A7F"/>
     <w:rsid w:val="000E102A"/>
     <w:rsid w:val="00124A6C"/>
     <w:rsid w:val="00170994"/>
     <w:rsid w:val="00192C1C"/>
     <w:rsid w:val="001B4B92"/>
     <w:rsid w:val="00257010"/>
     <w:rsid w:val="00276E2C"/>
     <w:rsid w:val="002E072F"/>
     <w:rsid w:val="00374182"/>
     <w:rsid w:val="00396089"/>
+    <w:rsid w:val="003A2C9B"/>
+    <w:rsid w:val="003B7858"/>
     <w:rsid w:val="003D2055"/>
     <w:rsid w:val="003D5488"/>
     <w:rsid w:val="004073D7"/>
     <w:rsid w:val="004701D6"/>
+    <w:rsid w:val="004A505C"/>
     <w:rsid w:val="004B0D31"/>
     <w:rsid w:val="004B7DD6"/>
     <w:rsid w:val="005034E9"/>
     <w:rsid w:val="0052390F"/>
     <w:rsid w:val="00565553"/>
     <w:rsid w:val="00621259"/>
     <w:rsid w:val="00627082"/>
     <w:rsid w:val="0063091D"/>
     <w:rsid w:val="00653A4B"/>
     <w:rsid w:val="00697361"/>
     <w:rsid w:val="006C401E"/>
     <w:rsid w:val="00764FF3"/>
     <w:rsid w:val="00796A05"/>
     <w:rsid w:val="007F1CCF"/>
     <w:rsid w:val="008032F1"/>
     <w:rsid w:val="00896A0E"/>
     <w:rsid w:val="008B56BE"/>
     <w:rsid w:val="009157FC"/>
     <w:rsid w:val="00947082"/>
     <w:rsid w:val="009528FD"/>
     <w:rsid w:val="00AC27D5"/>
     <w:rsid w:val="00AF7922"/>
     <w:rsid w:val="00B01D79"/>
     <w:rsid w:val="00BA18FE"/>
     <w:rsid w:val="00C221DF"/>
@@ -5651,50 +5676,51 @@
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00020199"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl/>
       <w:spacing w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -6594,51 +6620,51 @@
   </w:font>
   <w:font w:name="Adobe Devanagari">
     <w:altName w:val="Kokila"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nunito Sans Normal">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Nunito Sans"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nunito Sans Bold">
     <w:altName w:val="Nunito Sans"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nunito Sans">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Halis GR Bold">
@@ -6656,53 +6682,55 @@
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C404A1"/>
+    <w:rsid w:val="00191A93"/>
     <w:rsid w:val="001956E0"/>
     <w:rsid w:val="001F478E"/>
     <w:rsid w:val="004073D7"/>
+    <w:rsid w:val="004A505C"/>
     <w:rsid w:val="004B0D31"/>
     <w:rsid w:val="00565553"/>
     <w:rsid w:val="00627082"/>
     <w:rsid w:val="006867FE"/>
     <w:rsid w:val="00764FF3"/>
     <w:rsid w:val="008032F1"/>
     <w:rsid w:val="00896A0E"/>
     <w:rsid w:val="009528FD"/>
     <w:rsid w:val="00C404A1"/>
     <w:rsid w:val="00C83FFB"/>
     <w:rsid w:val="00CD292C"/>
     <w:rsid w:val="00D52538"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -7481,75 +7509,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>923</Words>
-  <Characters>5623</Characters>
+  <Words>977</Words>
+  <Characters>5572</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>181</Lines>
-  <Paragraphs>145</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Texas State University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6401</CharactersWithSpaces>
+  <CharactersWithSpaces>6536</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rodriguez, Jazmin I</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>0c53dfc4-66f6-4c8e-93da-b1243e76da62</vt:lpwstr>
   </property>